--- v0 (2025-10-01)
+++ v1 (2025-12-10)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="533F23DF" w14:textId="3E158CCE" w:rsidR="007813C1" w:rsidRPr="007813C1" w:rsidRDefault="007813C1" w:rsidP="007813C1">
+    <w:p w14:paraId="533F23DF" w14:textId="7F3DEDD4" w:rsidR="007813C1" w:rsidRPr="007813C1" w:rsidRDefault="007813C1" w:rsidP="007813C1">
       <w:pPr>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007813C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">Assignment 1: Group leading 10% - Applying 2 psychological techniques (e.g., self-talk, goal-setting, relaxation, imagery) of your choice in a group of </w:t>
       </w:r>
       <w:r w:rsidR="00137D9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -70,68 +70,89 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00952867">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t>November</w:t>
       </w:r>
       <w:r w:rsidR="00A911F7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00952867">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
         </w:rPr>
-        <w:t>27</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00995674">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00A911F7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2024)</w:t>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00995674">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00A911F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="007813C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38501148" w14:textId="470D28D4" w:rsidR="007813C1" w:rsidRPr="007813C1" w:rsidRDefault="007813C1" w:rsidP="007813C1">
+    <w:p w14:paraId="38501148" w14:textId="7E735746" w:rsidR="007813C1" w:rsidRPr="007813C1" w:rsidRDefault="007813C1" w:rsidP="007813C1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007813C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t>Assignment 2: P</w:t>
       </w:r>
       <w:r w:rsidR="00F71504">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
@@ -142,329 +163,338 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t>min) of psychological skills’/techniques’ in a club of a sport of your choice. Your goal is to present the psychological skills or techniques of your choice as a product to the manager and the coaches of the club and to persuade them to “buy” it. 30%</w:t>
       </w:r>
       <w:r w:rsidR="003F2B04">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> (January</w:t>
       </w:r>
       <w:r w:rsidR="00B02E90">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00952867">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
         </w:rPr>
-        <w:t>19</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00995674">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:r w:rsidR="003F2B04">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 20</w:t>
+        <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00EB0314">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00952867">
-[...4 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00995674">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="003F2B04">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="007813C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75E189C4" w14:textId="733D3F83" w:rsidR="0095799D" w:rsidRPr="00A911F7" w:rsidRDefault="007813C1" w:rsidP="00A911F7">
+    <w:p w14:paraId="75E189C4" w14:textId="5035D776" w:rsidR="0095799D" w:rsidRPr="00A911F7" w:rsidRDefault="007813C1" w:rsidP="00A911F7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007813C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t>Assignment 3: Essay of a 2000 words (without including the references) of a sport psychology scenario. The essay will include at the beginning a short description of the scenario/problem. Then include a short introduction of the theory that you will apply and a detailed description of the way that you will handle the problem. 60%</w:t>
       </w:r>
       <w:r w:rsidR="003F2B04">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="00A911F7">
-[...4 lines deleted...]
-        <w:t>23</w:t>
+      <w:r w:rsidR="00995674">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>12</w:t>
       </w:r>
       <w:r w:rsidR="0095799D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidR="00D64FAA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> of Feb</w:t>
       </w:r>
       <w:r w:rsidR="00B02E90">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20</w:t>
       </w:r>
       <w:r w:rsidR="00EB0314">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00952867">
-[...4 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00995674">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="003F2B04">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00A911F7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">. Please send me the assignment 3 to my university e-mail: </w:t>
       </w:r>
       <w:r w:rsidR="0095799D" w:rsidRPr="00A911F7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t>nzourba@pe.uth.gr</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="686F10EC" w14:textId="77777777" w:rsidR="00EE3A42" w:rsidRDefault="00EE3A42"/>
     <w:sectPr w:rsidR="00EE3A42" w:rsidSect="00164CAF">
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="A1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="A1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFFFE"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="*"/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="189538249">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val=""/>
         <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="644" w:hanging="360"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="225"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="132"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007813C1"/>
     <w:rsid w:val="00137D9A"/>
     <w:rsid w:val="00164CAF"/>
     <w:rsid w:val="002E6386"/>
     <w:rsid w:val="003F2B04"/>
     <w:rsid w:val="003F7C38"/>
+    <w:rsid w:val="00483D8A"/>
     <w:rsid w:val="006D0DF5"/>
     <w:rsid w:val="007813C1"/>
     <w:rsid w:val="008770D8"/>
     <w:rsid w:val="00945EC1"/>
     <w:rsid w:val="00952867"/>
     <w:rsid w:val="0095799D"/>
+    <w:rsid w:val="00995674"/>
     <w:rsid w:val="009D28BA"/>
     <w:rsid w:val="00A911F7"/>
     <w:rsid w:val="00B02E90"/>
     <w:rsid w:val="00D64FAA"/>
     <w:rsid w:val="00E046C8"/>
     <w:rsid w:val="00EB0314"/>
     <w:rsid w:val="00EE3A42"/>
     <w:rsid w:val="00F679E1"/>
     <w:rsid w:val="00F71504"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1D117979"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{FFFFF82B-A1D2-465B-82CE-BF2A1CA965C2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -851,51 +881,51 @@
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>