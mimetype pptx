--- v0 (2025-10-03)
+++ v1 (2025-12-11)
@@ -21,131 +21,135 @@
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide34.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide35.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showSpecialPlsOnTitleSld="0" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483857" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId35"/>
+    <p:notesMasterId r:id="rId37"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
-    <p:handoutMasterId r:id="rId36"/>
+    <p:handoutMasterId r:id="rId38"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="424" r:id="rId2"/>
     <p:sldId id="456" r:id="rId3"/>
     <p:sldId id="362" r:id="rId4"/>
     <p:sldId id="455" r:id="rId5"/>
     <p:sldId id="425" r:id="rId6"/>
     <p:sldId id="426" r:id="rId7"/>
     <p:sldId id="427" r:id="rId8"/>
     <p:sldId id="428" r:id="rId9"/>
     <p:sldId id="429" r:id="rId10"/>
     <p:sldId id="430" r:id="rId11"/>
     <p:sldId id="431" r:id="rId12"/>
     <p:sldId id="432" r:id="rId13"/>
     <p:sldId id="433" r:id="rId14"/>
     <p:sldId id="434" r:id="rId15"/>
     <p:sldId id="435" r:id="rId16"/>
     <p:sldId id="436" r:id="rId17"/>
     <p:sldId id="437" r:id="rId18"/>
     <p:sldId id="438" r:id="rId19"/>
     <p:sldId id="439" r:id="rId20"/>
     <p:sldId id="440" r:id="rId21"/>
     <p:sldId id="441" r:id="rId22"/>
     <p:sldId id="442" r:id="rId23"/>
     <p:sldId id="443" r:id="rId24"/>
-    <p:sldId id="444" r:id="rId25"/>
-[...8 lines deleted...]
-    <p:sldId id="451" r:id="rId34"/>
+    <p:sldId id="457" r:id="rId25"/>
+    <p:sldId id="444" r:id="rId26"/>
+    <p:sldId id="445" r:id="rId27"/>
+    <p:sldId id="446" r:id="rId28"/>
+    <p:sldId id="447" r:id="rId29"/>
+    <p:sldId id="453" r:id="rId30"/>
+    <p:sldId id="454" r:id="rId31"/>
+    <p:sldId id="448" r:id="rId32"/>
+    <p:sldId id="449" r:id="rId33"/>
+    <p:sldId id="450" r:id="rId34"/>
+    <p:sldId id="451" r:id="rId35"/>
+    <p:sldId id="458" r:id="rId36"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="457200" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -277,105 +281,105 @@
     <a:srgbClr val="528218"/>
     <a:srgbClr val="B6CEAA"/>
     <a:srgbClr val="ADC8A0"/>
     <a:srgbClr val="007FFF"/>
     <a:srgbClr val="3366FF"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
-    <p:restoredLeft sz="6614" autoAdjust="0"/>
+    <p:restoredLeft sz="7022" autoAdjust="0"/>
     <p:restoredTop sz="96327" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="123" d="100"/>
           <a:sy n="123" d="100"/>
         </p:scale>
-        <p:origin x="2064" y="192"/>
+        <p:origin x="2040" y="192"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="1296"/>
         <p:guide orient="horz" pos="3888"/>
         <p:guide pos="288"/>
         <p:guide pos="5472"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="66" y="0"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="66" d="100"/>
         <a:sy n="66" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -439,51 +443,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="t" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200" smtClean="0"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{F45594BF-5E44-44FC-97E6-541F7397B54A}" type="datetimeFigureOut">
               <a:rPr lang="en-US" altLang="en-US"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>9/28/25</a:t>
+              <a:t>10/5/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -1765,51 +1769,51 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/28/25</a:t>
+              <a:t>10/5/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -2732,51 +2736,51 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/28/25</a:t>
+              <a:t>10/5/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -2944,51 +2948,51 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/28/25</a:t>
+              <a:t>10/5/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -4547,51 +4551,51 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/28/25</a:t>
+              <a:t>10/5/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -4817,51 +4821,51 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Date Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/28/25</a:t>
+              <a:t>10/5/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -5075,51 +5079,51 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/28/25</a:t>
+              <a:t>10/5/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -5468,51 +5472,51 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Date Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/28/25</a:t>
+              <a:t>10/5/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Footer Placeholder 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -5612,51 +5616,51 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/28/25</a:t>
+              <a:t>10/5/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -5739,51 +5743,51 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Date Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/28/25</a:t>
+              <a:t>10/5/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Footer Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -6048,51 +6052,51 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/28/25</a:t>
+              <a:t>10/5/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -6337,51 +6341,51 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Date Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="628650" y="6356351"/>
             <a:ext cx="2057400" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{C764DE79-268F-4C1A-8933-263129D2AF90}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/28/25</a:t>
+              <a:t>10/5/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3028950" y="6356351"/>
             <a:ext cx="3086100" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -7035,91 +7039,99 @@
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject15.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.wmf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject16.bin"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mav@uth.gr" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject17.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.wmf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject18.bin"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject19.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject20.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject21.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject22.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject21.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject22.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject22.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject21.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject23.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject22.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.wmf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject24.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject22.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject21.bin"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject22.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.wmf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject24.bin"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/slides/_rels/slide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject26.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject25.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject26.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
@@ -21715,51 +21727,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Θέση ημερομηνίας 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A4531700-026F-0528-5B36-BFC30B51C760}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{05A604DC-B3A0-E442-A1E7-41E9D8E4E9FE}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/28/25</a:t>
+              <a:t>10/5/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Θέση αριθμού διαφάνειας 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D54A953-DE1A-B683-05DA-95C39AF7F479}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -24167,51 +24179,51 @@
               <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="34" charset="-128"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="el-GR" altLang="en-US" dirty="0">
                 <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="34" charset="-128"/>
               </a:rPr>
               <a:t>Αυτή είναι η μειωμένη κλιμακωτή μορφή του αρχικού πίνακα.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" altLang="en-US" sz="2800" dirty="0">
               <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="34" charset="-128"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="el-GR" altLang="en-US" dirty="0">
                 <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="34" charset="-128"/>
               </a:rPr>
-              <a:t>Ο συνδυασμός των βημάτων</a:t>
+              <a:t>Ο συνδυασμός των βημάτων </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" sz="2800" dirty="0">
                 <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="34" charset="-128"/>
               </a:rPr>
               <a:t>1–4 </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="el-GR" altLang="en-US" dirty="0">
                 <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="34" charset="-128"/>
               </a:rPr>
               <a:t>ονομάζεται </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="el-GR" altLang="en-US" b="1" dirty="0">
                 <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="34" charset="-128"/>
               </a:rPr>
               <a:t>φάση προς τα εμπρός</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" sz="2800" b="1" dirty="0">
                 <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="34" charset="-128"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
@@ -24786,50 +24798,280 @@
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
+          <p:cNvPr id="2" name="Τίτλος 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4DFC2E46-41D4-3A63-67AD-2882A475F638}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="650420" y="0"/>
+            <a:ext cx="8341179" cy="1325563"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="el-GR" dirty="0" err="1"/>
+              <a:t>Παραδε</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>ί</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" dirty="0" err="1"/>
+              <a:t>γματα</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" dirty="0"/>
+              <a:t> κλιμακωτών μορφών</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Θέση περιεχομένου 6" descr="Εικόνα που περιέχει κείμενο, γραφικός χαρακτήρας, γραμματοσειρά, διάγραμμα&#10;&#10;Το περιεχόμενο που δημιουργείται από AI ενδέχεται να είναι εσφαλμένο.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E289B1E7-ADA3-604D-C3D8-0532C7CE8EA0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="214483" y="1447800"/>
+            <a:ext cx="8729329" cy="4657415"/>
+          </a:xfrm>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Θέση ημερομηνίας 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{033D2E81-513D-70CE-BC66-FAB4B0B5726F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{AFF0D0E1-9037-0F4E-AF92-1DB2B7E1D4CD}" type="datetime1">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>10/5/25</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Θέση αριθμού διαφάνειας 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A14BCCEF-5162-6641-1016-D2481617E608}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US"/>
+              <a:t>1.2- </a:t>
+            </a:r>
+            <a:fld id="{39424C68-B4C7-4CC6-B075-1ACD84E6020C}" type="slidenum">
+              <a:rPr lang="en-US" altLang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>24</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-CA" altLang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Ορθογώνιο 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{48B675A3-66E0-3C0F-53AB-CA491F841460}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1295400" y="3886200"/>
+            <a:ext cx="2286000" cy="533400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="el-GR"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3702994109"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
           <p:cNvPr id="27652" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="650420" y="0"/>
             <a:ext cx="8341179" cy="1325563"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr eaLnBrk="1" hangingPunct="1">
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="el-GR" dirty="0"/>
               <a:t>ΛΎΣΕΙΣ ΓΡΑΜΜΙΚΏΝ ΣΥΣΤΗΜΆΤΩΝ</a:t>
             </a:r>
@@ -25027,51 +25269,51 @@
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Bookshelf Symbol 2" pitchFamily="2" charset="2"/>
                 <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="34" charset="-128"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" sz="1200" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>1.2- </a:t>
             </a:r>
             <a:fld id="{FE28632F-B4E5-4EE3-ACD1-087E3D04B548}" type="slidenum">
               <a:rPr lang="en-US" altLang="en-US" sz="1200">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>24</a:t>
+              <a:t>25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-CA" altLang="en-US" sz="1200" dirty="0">
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="685060" name="Object 4"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="3505200" y="4191000"/>
           <a:ext cx="2552700" cy="1778000"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Equation" r:id="rId2" imgW="2552700" imgH="1778000" progId="Equation.DSMT4">
                   <p:embed/>
@@ -25293,51 +25535,51 @@
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="28676" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -25677,51 +25919,51 @@
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Bookshelf Symbol 2" pitchFamily="2" charset="2"/>
                 <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="34" charset="-128"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" sz="1200" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>1.2- </a:t>
             </a:r>
             <a:fld id="{00D6CAF2-EDA8-438A-AF72-18C0AF8AC87E}" type="slidenum">
               <a:rPr lang="en-US" altLang="en-US" sz="1200">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>25</a:t>
+              <a:t>26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-CA" altLang="en-US" sz="1200" dirty="0">
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="686085" name="Object 5"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4059569073"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="2057400" y="3028157"/>
           <a:ext cx="1816100" cy="1625600"/>
         </p:xfrm>
@@ -25983,51 +26225,51 @@
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="29700" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -26067,51 +26309,51 @@
           <a:xfrm>
             <a:off x="457200" y="1447800"/>
             <a:ext cx="8229600" cy="4953000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buFont typeface="Wingdings" charset="0"/>
               <a:buChar char="§"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="el-GR" dirty="0"/>
               <a:t>Όποτε ένα σύστημα είναι συνεπές, όπως στο (1), το σύνολο λύσεων μπορεί να </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="el-GR" dirty="0" err="1"/>
-              <a:t>περιγραφεί</a:t>
+              <a:t>περιγραφθεί</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="el-GR" dirty="0"/>
               <a:t> ρητά με την επίλυση του μειωμένου συστήματος εξισώσεων για τις βασικές μεταβλητές συναρτήσει των ελεύθερων μεταβλητών.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buFont typeface="Wingdings" charset="0"/>
               <a:buChar char="§"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="el-GR" dirty="0"/>
               <a:t>Αυτή η λειτουργία είναι εφικτή επειδή η μειωμένη κλιμακωτή μορφή τοποθετεί κάθε βασική μεταβλητή σε μία και μόνο μία εξίσωση.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
@@ -26323,51 +26565,51 @@
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Bookshelf Symbol 2" pitchFamily="2" charset="2"/>
                 <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="34" charset="-128"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" sz="1200" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>1.2- </a:t>
             </a:r>
             <a:fld id="{D1D319FE-E416-483B-A980-95E868171498}" type="slidenum">
               <a:rPr lang="en-US" altLang="en-US" sz="1200">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>26</a:t>
+              <a:t>27</a:t>
             </a:fld>
             <a:endParaRPr lang="en-CA" altLang="en-US" sz="1200" dirty="0">
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold" nodeType="clickPar">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
@@ -26516,51 +26758,51 @@
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="30724" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -27053,51 +27295,51 @@
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Bookshelf Symbol 2" pitchFamily="2" charset="2"/>
                 <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="34" charset="-128"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" sz="1200" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>1.2- </a:t>
             </a:r>
             <a:fld id="{FA3AA964-A249-45E6-9984-542D9C6DAC4F}" type="slidenum">
               <a:rPr lang="en-US" altLang="en-US" sz="1200">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>27</a:t>
+              <a:t>28</a:t>
             </a:fld>
             <a:endParaRPr lang="en-CA" altLang="en-US" sz="1200" dirty="0">
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="688136" name="Object 8"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1163934764"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="3429000" y="1122693"/>
           <a:ext cx="1714500" cy="1727200"/>
         </p:xfrm>
@@ -27162,50 +27404,138 @@
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                         <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                           <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:effectLst>
                               <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                                 <a:srgbClr val="808080">
                                   <a:alpha val="74997"/>
                                 </a:srgbClr>
                               </a:outerShdw>
                             </a:effectLst>
                           </a14:hiddenEffects>
                         </a:ext>
                       </a:extLst>
                     </p:spPr>
                   </p:pic>
                 </p:oleObj>
               </mc:Fallback>
             </mc:AlternateContent>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Ορθογώνιο 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65C6B0B1-595B-CE29-4A5D-2B78656FA0F5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3886200" y="2362200"/>
+            <a:ext cx="1143000" cy="487693"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="el-GR"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A174A0B-B917-2C33-3216-F24474EBC7DE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3925659" y="2344436"/>
+            <a:ext cx="1714500" cy="523220"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="el-GR" sz="2800" b="1" dirty="0"/>
+              <a:t>ελεύθερη</a:t>
+            </a:r>
+            <a:endParaRPr lang="el-GR" sz="2000" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold" nodeType="clickPar">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
                       <p:childTnLst>
                         <p:par>
                           <p:cTn id="4" fill="hold" nodeType="withGroup">
                             <p:stCondLst>
                               <p:cond delay="0"/>
                             </p:stCondLst>
                             <p:childTnLst>
@@ -27374,51 +27704,51 @@
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="31746" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -27620,51 +27950,51 @@
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Bookshelf Symbol 2" pitchFamily="2" charset="2"/>
                 <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="34" charset="-128"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" sz="1200" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>1.2- </a:t>
             </a:r>
             <a:fld id="{AD6B4BDC-CA3C-4F5A-81EE-C127407B82AA}" type="slidenum">
               <a:rPr lang="en-US" altLang="en-US" sz="1200">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>28</a:t>
+              <a:t>29</a:t>
             </a:fld>
             <a:endParaRPr lang="en-CA" altLang="en-US" sz="1200" dirty="0">
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="6" name="Object 5"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="5715000" y="3771900"/>
           <a:ext cx="1816100" cy="1625600"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Equation" r:id="rId2" imgW="1816100" imgH="1625600" progId="Equation.DSMT4">
                   <p:embed/>
@@ -28240,956 +28570,50 @@
                       </p:childTnLst>
                     </p:cTn>
                   </p:par>
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
-      <p:bldP spid="4" grpId="0" animBg="1"/>
-[...904 lines deleted...]
-      <p:bldP spid="31747" grpId="0" build="p"/>
       <p:bldP spid="4" grpId="0" animBg="1"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
@@ -29730,151 +29154,121 @@
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="33796" name="Rectangle 2"/>
+          <p:cNvPr id="32770" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr>
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr eaLnBrk="1" hangingPunct="1">
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="el-GR" sz="4000" dirty="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="4000" dirty="0"/>
+              <a:rPr lang="el-GR" dirty="0"/>
+              <a:t>ΛΟΓΙΚΕΣ ΑΠΑΝΤΗΣΕΙΣ</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="689155" name="Rectangle 3"/>
+          <p:cNvPr id="31747" name="Content Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1447800"/>
-            <a:ext cx="8229600" cy="4724400"/>
+            <a:off x="482600" y="1377950"/>
+            <a:ext cx="8229600" cy="4572000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
+            <a:pPr eaLnBrk="1" hangingPunct="1">
               <a:buFont typeface="Wingdings" charset="0"/>
               <a:buChar char="§"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="el-GR" dirty="0"/>
-              <a:t>Η περιγραφή στην (2) είναι μια </a:t>
-[...11 lines deleted...]
-            <a:pPr>
+              <a:t>Στη συνέχεια, αντικαταστήστε τη λύση που βρήκατε για κάθε μεταβλητή και επαληθεύστε ότι οι εξισώσεις επαληθεύονται</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1">
               <a:buFont typeface="Wingdings" charset="0"/>
               <a:buChar char="§"/>
               <a:defRPr/>
             </a:pPr>
-            <a:r>
-[...18 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="33794" name="Slide Number Placeholder 3"/>
+          <p:cNvPr id="32772" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
@@ -29989,58 +29383,994 @@
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:defRPr sz="2400">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Bookshelf Symbol 2" pitchFamily="2" charset="2"/>
                 <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="34" charset="-128"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" sz="1200" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>1.2- </a:t>
             </a:r>
+            <a:fld id="{C689B80B-B8C6-455A-B617-614210B49361}" type="slidenum">
+              <a:rPr lang="en-US" altLang="en-US" sz="1200">
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>30</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-CA" altLang="en-US" sz="1200" dirty="0">
+              <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="6" name="Object 5"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noChangeAspect="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2162299250"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="914400" y="3695701"/>
+          <a:ext cx="1816100" cy="1625600"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
+            <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+              <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
+                <p:oleObj name="Equation" r:id="rId2" imgW="1816100" imgH="1625600" progId="Equation.DSMT4">
+                  <p:embed/>
+                </p:oleObj>
+              </mc:Choice>
+              <mc:Fallback>
+                <p:oleObj name="Equation" r:id="rId2" imgW="1816100" imgH="1625600" progId="Equation.DSMT4">
+                  <p:embed/>
+                  <p:pic>
+                    <p:nvPicPr>
+                      <p:cNvPr id="0" name="Object 5"/>
+                      <p:cNvPicPr>
+                        <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      </p:cNvPicPr>
+                      <p:nvPr/>
+                    </p:nvPicPr>
+                    <p:blipFill>
+                      <a:blip r:embed="rId3">
+                        <a:extLst>
+                          <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                            <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          </a:ext>
+                        </a:extLst>
+                      </a:blip>
+                      <a:srcRect/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </p:blipFill>
+                    <p:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="914400" y="3695701"/>
+                        <a:ext cx="1816100" cy="1625600"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:effectLst/>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                        <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+                          <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:effectLst>
+                              <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                                <a:srgbClr val="808080">
+                                  <a:alpha val="74997"/>
+                                </a:srgbClr>
+                              </a:outerShdw>
+                            </a:effectLst>
+                          </a14:hiddenEffects>
+                        </a:ext>
+                      </a:extLst>
+                    </p:spPr>
+                  </p:pic>
+                </p:oleObj>
+              </mc:Fallback>
+            </mc:AlternateContent>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="7" name="Object 5"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noChangeAspect="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2301784955"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="5257800" y="3684588"/>
+          <a:ext cx="2794000" cy="1625600"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
+            <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+              <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
+                <p:oleObj name="Equation" r:id="rId4" imgW="2794000" imgH="1625600" progId="Equation.DSMT4">
+                  <p:embed/>
+                </p:oleObj>
+              </mc:Choice>
+              <mc:Fallback>
+                <p:oleObj name="Equation" r:id="rId4" imgW="2794000" imgH="1625600" progId="Equation.DSMT4">
+                  <p:embed/>
+                  <p:pic>
+                    <p:nvPicPr>
+                      <p:cNvPr id="0" name="Object 5"/>
+                      <p:cNvPicPr>
+                        <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      </p:cNvPicPr>
+                      <p:nvPr/>
+                    </p:nvPicPr>
+                    <p:blipFill>
+                      <a:blip r:embed="rId5">
+                        <a:extLst>
+                          <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                            <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          </a:ext>
+                        </a:extLst>
+                      </a:blip>
+                      <a:srcRect/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </p:blipFill>
+                    <p:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="5257800" y="3684588"/>
+                        <a:ext cx="2794000" cy="1625600"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:effectLst/>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                        <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+                          <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:effectLst>
+                              <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                                <a:srgbClr val="808080">
+                                  <a:alpha val="74997"/>
+                                </a:srgbClr>
+                              </a:outerShdw>
+                            </a:effectLst>
+                          </a14:hiddenEffects>
+                        </a:ext>
+                      </a:extLst>
+                    </p:spPr>
+                  </p:pic>
+                </p:oleObj>
+              </mc:Fallback>
+            </mc:AlternateContent>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Arrow: Right 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="3505200" y="4446588"/>
+            <a:ext cx="977900" cy="484188"/>
+          </a:xfrm>
+          <a:prstGeom prst="rightArrow">
+            <a:avLst>
+              <a:gd name="adj1" fmla="val 50000"/>
+              <a:gd name="adj2" fmla="val 50024"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="077C97"/>
+          </a:solidFill>
+          <a:ln w="9525">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+            <a:round/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="077C97"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="34" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="077C97"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+              <a:defRPr sz="2800">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="34" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="077C97"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="34" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="077C97"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="34" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:srgbClr val="077C97"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="34" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="077C97"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="34" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="077C97"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="34" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="077C97"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="34" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="20000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="077C97"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+              <a:defRPr sz="2000">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Times New Roman" pitchFamily="18" charset="0"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="34" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr" eaLnBrk="1" hangingPunct="1">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buClrTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="2400">
+              <a:latin typeface="Bookshelf Symbol 2" pitchFamily="2" charset="2"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold" nodeType="clickPar">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold" nodeType="withGroup">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="31747">
+                                            <p:txEl>
+                                              <p:pRg st="0" end="0"/>
+                                            </p:txEl>
+                                          </p:spTgt>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="7" fill="hold" nodeType="clickPar">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="8" fill="hold" nodeType="withGroup">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="9" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="10" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="6"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="11" fill="hold" nodeType="clickPar">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="12" fill="hold" nodeType="withGroup">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="13" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" grpId="0" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="14" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="4"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                  <p:par>
+                    <p:cTn id="15" fill="hold" nodeType="clickPar">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="16" fill="hold" nodeType="withGroup">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="17" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="18" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="7"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+    <p:bldLst>
+      <p:bldP spid="31747" grpId="0" build="p"/>
+      <p:bldP spid="4" grpId="0" animBg="1"/>
+    </p:bldLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="33796" name="Rectangle 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="650421" y="1"/>
+            <a:ext cx="7886700" cy="1143000"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr eaLnBrk="1" hangingPunct="1">
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="el-GR" sz="4000" dirty="0"/>
+              <a:t>ΠΑΡΑΜΕΤΡΙΚΕΣ ΠΕΡΙΓΡΑΦΕΣ ΤΩΝ ΣΥΝΟΛΟΥ ΤΩΝ ΛΥΣΕΩΝ</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="689155" name="Rectangle 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeArrowheads="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="1447800"/>
+            <a:ext cx="8229600" cy="4724400"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:buFont typeface="Wingdings" charset="0"/>
+              <a:buChar char="§"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="el-GR" dirty="0"/>
+              <a:t>Η περιγραφή στην (2) είναι μια </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" i="1" dirty="0"/>
+              <a:t>παραμετρική περιγραφή</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" dirty="0"/>
+              <a:t> των συνόλων λύσεων στα οποία οι ελεύθερες μεταβλητές δρουν ως παράμετροι.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFont typeface="Wingdings" charset="0"/>
+              <a:buChar char="§"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="el-GR" i="1" dirty="0"/>
+              <a:t>Η επίλυση ενός συστήματος ισοδυναμεί με την εύρεση μιας παραμετρικής περιγραφής του συνόλου λύσεων ή τον προσδιορισμό ότι το σύνολο λύσεων είναι κενό.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFont typeface="Wingdings" charset="0"/>
+              <a:buChar char="§"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="el-GR" dirty="0"/>
+              <a:t>Κάθε φορά που ένα σύστημα είναι συνεπές και έχει ελεύθερες μεταβλητές, το σύνολο των λύσεων έχει πολλές παραμετρικές περιγραφές</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="33794" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:miter lim="800000"/>
+                <a:headEnd/>
+                <a:tailEnd/>
+              </a14:hiddenLine>
+            </a:ext>
+            <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+              <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:effectLst>
+                  <a:outerShdw blurRad="63500" dist="38099" dir="2700000" algn="ctr" rotWithShape="0">
+                    <a:schemeClr val="bg2">
+                      <a:alpha val="74998"/>
+                    </a:schemeClr>
+                  </a:outerShdw>
+                </a:effectLst>
+              </a14:hiddenEffects>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Bookshelf Symbol 2" pitchFamily="2" charset="2"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="34" charset="-128"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="742950" indent="-285750">
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Bookshelf Symbol 2" pitchFamily="2" charset="2"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="34" charset="-128"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600">
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Bookshelf Symbol 2" pitchFamily="2" charset="2"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="34" charset="-128"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600">
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Bookshelf Symbol 2" pitchFamily="2" charset="2"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="34" charset="-128"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600">
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Bookshelf Symbol 2" pitchFamily="2" charset="2"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="34" charset="-128"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Bookshelf Symbol 2" pitchFamily="2" charset="2"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="34" charset="-128"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Bookshelf Symbol 2" pitchFamily="2" charset="2"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="34" charset="-128"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Bookshelf Symbol 2" pitchFamily="2" charset="2"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="34" charset="-128"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Bookshelf Symbol 2" pitchFamily="2" charset="2"/>
+                <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="34" charset="-128"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1200" dirty="0">
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>1.2- </a:t>
+            </a:r>
             <a:fld id="{6F371FE2-C91D-408C-B094-C11B9118464B}" type="slidenum">
               <a:rPr lang="en-US" altLang="en-US" sz="1200">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>30</a:t>
+              <a:t>31</a:t>
             </a:fld>
             <a:endParaRPr lang="en-CA" altLang="en-US" sz="1200" dirty="0">
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
@@ -30189,78 +30519,83 @@
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="34820" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="650421" y="1"/>
+            <a:ext cx="7886700" cy="1198044"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr eaLnBrk="1" hangingPunct="1">
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="el-GR" sz="4000" dirty="0"/>
               <a:t>ΠΑΡΑΜΕΤΡΙΚΕΣ ΠΕΡΙΓΡΑΦΕΣ ΤΩΝ ΣΥΝΟΛΟΥ ΤΩΝ ΛΥΣΕΩΝ</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="4000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="690179" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
@@ -30547,51 +30882,51 @@
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Bookshelf Symbol 2" pitchFamily="2" charset="2"/>
                 <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="34" charset="-128"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" sz="1200" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>1.2- </a:t>
             </a:r>
             <a:fld id="{A0362B91-9B4B-4F82-B0FB-1FBBEA8EFB96}" type="slidenum">
               <a:rPr lang="en-US" altLang="en-US" sz="1200">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>31</a:t>
+              <a:t>32</a:t>
             </a:fld>
             <a:endParaRPr lang="en-CA" altLang="en-US" sz="1200" dirty="0">
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="690180" name="Object 4"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="608704730"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="3429000" y="2236304"/>
           <a:ext cx="2006600" cy="1092200"/>
         </p:xfrm>
@@ -30868,51 +31203,51 @@
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide33.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="35844" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -30930,57 +31265,57 @@
           <a:lstStyle/>
           <a:p>
             <a:pPr eaLnBrk="1" hangingPunct="1">
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="el-GR" sz="4000" dirty="0"/>
               <a:t>ΘΕΩΡΗΜΑ ΥΠΑΡΞΗΣ &amp;ΜΟΝΑΔΙΚΟΤΗΤΑΣ</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="4000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="691203" name="Rectangle 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457200" y="1371600"/>
-            <a:ext cx="8610600" cy="4572000"/>
+            <a:off x="304801" y="1371600"/>
+            <a:ext cx="8762999" cy="4572000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
+            <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr eaLnBrk="1" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buNone/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="el-GR" altLang="en-US" sz="2800" b="1" dirty="0">
                 <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="34" charset="-128"/>
               </a:rPr>
               <a:t>Θεώρημα</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" sz="2800" b="1" dirty="0">
                 <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="34" charset="-128"/>
               </a:rPr>
               <a:t> 2: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="el-GR" altLang="en-US" sz="2800" dirty="0">
@@ -31378,51 +31713,51 @@
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Bookshelf Symbol 2" pitchFamily="2" charset="2"/>
                 <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="34" charset="-128"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" sz="1200" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>1.2- </a:t>
             </a:r>
             <a:fld id="{FC940000-AE1C-4491-A5E8-C94416D8E903}" type="slidenum">
               <a:rPr lang="en-US" altLang="en-US" sz="1200">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>32</a:t>
+              <a:t>33</a:t>
             </a:fld>
             <a:endParaRPr lang="en-CA" altLang="en-US" sz="1200" dirty="0">
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="32774" name="Object 4"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr/>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="2730500" y="2057408"/>
           <a:ext cx="914400" cy="371475"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
                 <p:oleObj name="Equation" r:id="rId2" imgW="475104" imgH="810471" progId="Equation.DSMT4">
                   <p:embed/>
@@ -31759,51 +32094,51 @@
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide33.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide34.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="36868" name="Rectangle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
@@ -32082,51 +32417,51 @@
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Bookshelf Symbol 2" pitchFamily="2" charset="2"/>
                 <a:ea typeface="ＭＳ Ｐゴシック" pitchFamily="34" charset="-128"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US" sz="1200" dirty="0">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>1.2- </a:t>
             </a:r>
             <a:fld id="{F6DA5361-8317-4A24-A06A-D70DD792DECA}" type="slidenum">
               <a:rPr lang="en-US" altLang="en-US" sz="1200">
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>33</a:t>
+              <a:t>34</a:t>
             </a:fld>
             <a:endParaRPr lang="en-CA" altLang="en-US" sz="1200" dirty="0">
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold" nodeType="clickPar">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
                       </p:stCondLst>
@@ -32373,50 +32708,438 @@
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
+<file path=ppt/slides/slide35.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Τίτλος 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{62BAA045-69DC-45A3-2329-E889AE71EDD6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="el-GR" dirty="0"/>
+              <a:t>Δ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>ώ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" dirty="0" err="1"/>
+              <a:t>στε</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="el-GR" dirty="0"/>
+              <a:t> όλες τις λύσεις</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Θέση περιεχομένου 6" descr="Εικόνα που περιέχει γραμματοσειρά, τυπογραφία&#10;&#10;Το περιεχόμενο που δημιουργείται από AI ενδέχεται να είναι εσφαλμένο.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC0C3EE9-02CA-72CA-E745-A352EF19FD0A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2854793" y="3860007"/>
+            <a:ext cx="4028607" cy="2312193"/>
+          </a:xfrm>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Θέση ημερομηνίας 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{95535B7B-19F1-92F5-00F3-7B1E9354580F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{D9BAC5C3-B888-4F4F-A8B6-B896C446A51A}" type="datetime1">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>10/5/25</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Θέση αριθμού διαφάνειας 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3C5EF5A8-C37A-14FD-B20B-28EA0F89F95A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US"/>
+              <a:t>1.2- </a:t>
+            </a:r>
+            <a:fld id="{39424C68-B4C7-4CC6-B075-1ACD84E6020C}" type="slidenum">
+              <a:rPr lang="en-US" altLang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>35</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-CA" altLang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Εικόνα 8" descr="Εικόνα που περιέχει γραμματοσειρά, τυπογραφία&#10;&#10;Το περιεχόμενο που δημιουργείται από AI ενδέχεται να είναι εσφαλμένο.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D8209A42-7C32-07B6-EE72-C84F5361FE7A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2817660" y="1325563"/>
+            <a:ext cx="4383239" cy="2354750"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Ορθογώνιο 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{60BD8727-804E-C6D1-45DD-DE212677590C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3657600" y="6019800"/>
+            <a:ext cx="1981200" cy="304800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="el-GR"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Έλλειψη 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{58DDB985-FC97-2BC9-BCBD-9C31914775EB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3429000" y="3860007"/>
+            <a:ext cx="228600" cy="102393"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="el-GR"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2383620145"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
+          <p:childTnLst>
+            <p:seq concurrent="1" nextAc="seek">
+              <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
+                <p:childTnLst>
+                  <p:par>
+                    <p:cTn id="3" fill="hold">
+                      <p:stCondLst>
+                        <p:cond delay="indefinite"/>
+                      </p:stCondLst>
+                      <p:childTnLst>
+                        <p:par>
+                          <p:cTn id="4" fill="hold">
+                            <p:stCondLst>
+                              <p:cond delay="0"/>
+                            </p:stCondLst>
+                            <p:childTnLst>
+                              <p:par>
+                                <p:cTn id="5" presetID="1" presetClass="entr" presetSubtype="0" fill="hold" nodeType="clickEffect">
+                                  <p:stCondLst>
+                                    <p:cond delay="0"/>
+                                  </p:stCondLst>
+                                  <p:childTnLst>
+                                    <p:set>
+                                      <p:cBhvr>
+                                        <p:cTn id="6" dur="1" fill="hold">
+                                          <p:stCondLst>
+                                            <p:cond delay="0"/>
+                                          </p:stCondLst>
+                                        </p:cTn>
+                                        <p:tgtEl>
+                                          <p:spTgt spid="7"/>
+                                        </p:tgtEl>
+                                        <p:attrNameLst>
+                                          <p:attrName>style.visibility</p:attrName>
+                                        </p:attrNameLst>
+                                      </p:cBhvr>
+                                      <p:to>
+                                        <p:strVal val="visible"/>
+                                      </p:to>
+                                    </p:set>
+                                  </p:childTnLst>
+                                </p:cTn>
+                              </p:par>
+                            </p:childTnLst>
+                          </p:cTn>
+                        </p:par>
+                      </p:childTnLst>
+                    </p:cTn>
+                  </p:par>
+                </p:childTnLst>
+              </p:cTn>
+              <p:prevCondLst>
+                <p:cond evt="onPrev" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:prevCondLst>
+              <p:nextCondLst>
+                <p:cond evt="onNext" delay="0">
+                  <p:tgtEl>
+                    <p:sldTgt/>
+                  </p:tgtEl>
+                </p:cond>
+              </p:nextCondLst>
+            </p:seq>
+          </p:childTnLst>
+        </p:cTn>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Τίτλος 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EFF5150C-B4E9-2EB8-4FCF-BC2C2B8E9C6D}"/>
               </a:ext>
             </a:extLst>
@@ -32441,51 +33164,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Θέση ημερομηνίας 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{63A1AB82-A380-B709-5934-4D88C32CD8A0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{6AB6B48B-1FFA-0447-BEC5-E78951B68AAD}" type="datetime1">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>9/28/25</a:t>
+              <a:t>10/5/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Θέση αριθμού διαφάνειας 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8212AD59-AE92-364C-8223-ADBDE38F3329}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -35057,81 +35780,73 @@
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="2800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr eaLnBrk="1" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:buFont typeface="Wingdings" charset="0"/>
               <a:buChar char="§"/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="2800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0" eaLnBrk="1" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:buNone/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="800" dirty="0"/>
           </a:p>
           <a:p>
-            <a:pPr eaLnBrk="1" hangingPunct="1">
+            <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:buFont typeface="Wingdings" charset="0"/>
               <a:buChar char="§"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="el-GR" sz="2800" b="1" dirty="0"/>
               <a:t>Λύση</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2800" b="1" dirty="0"/>
               <a:t>:</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="el-GR" dirty="0"/>
-              <a:t>Η κορυφή της μη μηδενικής στήλης που βρίσκεται στην αριστερή θέση είναι το πρώτο οδηγό στοιχείο. Ένα μη μηδενική στοιχείο ή </a:t>
-[...7 lines deleted...]
-              <a:t>πρέπει να βρίσκετε σε αυτήν τη θέση. </a:t>
+              <a:t>Η κορυφή της μη μηδενικής στήλης που βρίσκεται στην αριστερή θέση είναι το πρώτο οδηγό στοιχείο. Σε αυτήν τη θέση πρέπει να υπάρχει ένα μη μηδενική στοιχείο που θα το λέμε οδηγό στοιχείο. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2800" dirty="0"/>
               <a:t>	</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11266" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
@@ -38142,128 +38857,130 @@
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Office 2013 - 2022 Theme</Template>
   <TotalTime></TotalTime>
-  <Words>1996</Words>
+  <Words>2018</Words>
   <Application>Microsoft Macintosh PowerPoint</Application>
   <PresentationFormat>Προβολή στην οθόνη (4:3)</PresentationFormat>
-  <Paragraphs>243</Paragraphs>
-  <Slides>33</Slides>
+  <Paragraphs>250</Paragraphs>
+  <Slides>35</Slides>
   <Notes>2</Notes>
   <HiddenSlides>1</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="8" baseType="variant">
       <vt:variant>
         <vt:lpstr>Γραμματοσειρές που χρησιμοποιούνται</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Θέμα</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Ενσωματωμένοι διακομιστές OLE</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Τίτλοι διαφανειών</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>33</vt:i4>
+        <vt:i4>35</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="43" baseType="lpstr">
+    <vt:vector size="45" baseType="lpstr">
       <vt:lpstr>ＭＳ Ｐゴシック</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Arial Narrow</vt:lpstr>
       <vt:lpstr>Bookshelf Symbol 2</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Office 2013 - 2022 Theme</vt:lpstr>
       <vt:lpstr>Equation</vt:lpstr>
       <vt:lpstr>Γραμμικές Εξισώσεις στη Γραμμική Άλγεβρα</vt:lpstr>
       <vt:lpstr>Διαδικαστικά 1ου τεστ</vt:lpstr>
       <vt:lpstr>ΑΝΩ ΚΛΙΜΑΚΩΤΗ ΜΟΡΦΗ</vt:lpstr>
       <vt:lpstr>ΑΝΩ ΚΛΙΜΑΚΩΤΗ ΜΟΡΦΗ</vt:lpstr>
       <vt:lpstr>ΑΝΩ ΚΛΙΜΑΚΩΤΗ ΜΟΡΦΗ</vt:lpstr>
       <vt:lpstr>ΑΝΩ ΚΛΙΜΑΚΩΤΗ ΜΟΡΦΗ</vt:lpstr>
       <vt:lpstr>ΟΔΗΓΟ ΣΤΟΙΧΕΙΟ</vt:lpstr>
       <vt:lpstr>ΘΕΣΗ ΟΔΗΓΟΥ</vt:lpstr>
       <vt:lpstr>ΘΕΣΗ ΟΔΗΓΟΥ</vt:lpstr>
       <vt:lpstr>ΘΕΣΗ ΟΔΗΓΟΥ</vt:lpstr>
       <vt:lpstr>ΘΕΣΗ ΟΔΗΓΟΥ</vt:lpstr>
       <vt:lpstr>ΘΕΣΗ ΟΔΗΓΟΥ</vt:lpstr>
       <vt:lpstr>ΘΕΣΗ ΟΔΗΓΟΥ</vt:lpstr>
       <vt:lpstr>ΑΛΓΌΡΙΘΜΟΣ ΜΕΊΩΣΗΣ ΓΡΑΜΜΏΝ</vt:lpstr>
       <vt:lpstr>ΑΛΓΌΡΙΘΜΟΣ ΜΕΊΩΣΗΣ ΓΡΑΜΜΏΝ</vt:lpstr>
       <vt:lpstr>ΑΛΓΌΡΙΘΜΟΣ ΜΕΊΩΣΗΣ ΓΡΑΜΜΏΝ</vt:lpstr>
       <vt:lpstr>ΑΛΓΌΡΙΘΜΟΣ ΜΕΊΩΣΗΣ ΓΡΑΜΜΏΝ</vt:lpstr>
       <vt:lpstr>ΑΛΓΌΡΙΘΜΟΣ ΜΕΊΩΣΗΣ ΓΡΑΜΜΏΝ</vt:lpstr>
       <vt:lpstr>ΑΛΓΌΡΙΘΜΟΣ ΜΕΊΩΣΗΣ ΓΡΑΜΜΏΝ</vt:lpstr>
       <vt:lpstr>ΑΛΓΌΡΙΘΜΟΣ ΜΕΊΩΣΗΣ ΓΡΑΜΜΏΝ</vt:lpstr>
       <vt:lpstr>ΑΛΓΌΡΙΘΜΟΣ ΜΕΊΩΣΗΣ ΓΡΑΜΜΏΝ</vt:lpstr>
       <vt:lpstr>ΑΛΓΌΡΙΘΜΟΣ ΜΕΊΩΣΗΣ ΓΡΑΜΜΏΝ</vt:lpstr>
       <vt:lpstr>ΑΛΓΌΡΙΘΜΟΣ ΜΕΊΩΣΗΣ ΓΡΑΜΜΏΝ</vt:lpstr>
+      <vt:lpstr>Παραδείγματα κλιμακωτών μορφών</vt:lpstr>
       <vt:lpstr>ΛΎΣΕΙΣ ΓΡΑΜΜΙΚΏΝ ΣΥΣΤΗΜΆΤΩΝ</vt:lpstr>
       <vt:lpstr>ΛΎΣΕΙΣ ΓΡΑΜΜΙΚΏΝ ΣΥΣΤΗΜΆΤΩΝ</vt:lpstr>
       <vt:lpstr>ΛΎΣΕΙΣ ΓΡΑΜΜΙΚΏΝ ΣΥΣΤΗΜΆΤΩΝ</vt:lpstr>
       <vt:lpstr>ΛΎΣΕΙΣ ΓΡΑΜΜΙΚΏΝ ΣΥΣΤΗΜΆΤΩΝ</vt:lpstr>
       <vt:lpstr>ΛΟΓΙΚΕΣ ΑΠΑΝΤΗΣΕΙΣ</vt:lpstr>
       <vt:lpstr>ΛΟΓΙΚΕΣ ΑΠΑΝΤΗΣΕΙΣ</vt:lpstr>
       <vt:lpstr>ΠΑΡΑΜΕΤΡΙΚΕΣ ΠΕΡΙΓΡΑΦΕΣ ΤΩΝ ΣΥΝΟΛΟΥ ΤΩΝ ΛΥΣΕΩΝ</vt:lpstr>
       <vt:lpstr>ΠΑΡΑΜΕΤΡΙΚΕΣ ΠΕΡΙΓΡΑΦΕΣ ΤΩΝ ΣΥΝΟΛΟΥ ΤΩΝ ΛΥΣΕΩΝ</vt:lpstr>
       <vt:lpstr>ΘΕΩΡΗΜΑ ΥΠΑΡΞΗΣ &amp;ΜΟΝΑΔΙΚΟΤΗΤΑΣ</vt:lpstr>
       <vt:lpstr>ΜΕΊΩΣΗ ΣΕΙΡΏΝ ΓΙΑ ΤΗΝ ΕΠΊΛΥΣΗ ΕΝΌΣ ΓΡΑΜΜΙΚΟΎ ΣΥΣΤΉΜΑΤΟΣ</vt:lpstr>
+      <vt:lpstr>Δώστε όλες τις λύσεις</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>© 2012 Pearson Education, Inc. All rights reserved</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Slide 1</dc:title>
   <dc:subject>Linear Algebra and Its Applications</dc:subject>
   <dc:creator>David C. Lay</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>